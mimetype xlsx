--- v0 (2025-11-27)
+++ v1 (2026-01-16)
@@ -1,121 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
+  <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
+  <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
+  <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
+  <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink3.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink4.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink5.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink6.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink7.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink8.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink9.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink10.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink11.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink12.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink13.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink14.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/xl/ink/ink15.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\MyDocuments\Projects\CSF QA Review\csf test collection guide\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://newyorkpresbyterian-my.sharepoint.com/personal/mrd9234_nyp_org/Documents/HDriveMigration2025/MyDocuments/Projects/CSF QA Review/csf test collection guide/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7E260BF6-E209-43F8-8256-7F5DEF90D954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="164" documentId="13_ncr:1_{D324A99C-F2B5-4317-B1B3-4B7CC2A07C8D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D679C37A-EB89-4AAF-A8F8-9DFF99244A7C}"/>
   <bookViews>
     <workbookView xWindow="-90" yWindow="-90" windowWidth="19380" windowHeight="11460" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CSF In-House Tests" sheetId="11" r:id="rId1"/>
     <sheet name="CSF Send-Out Tests" sheetId="10" r:id="rId2"/>
     <sheet name="CSF Workflow Pics" sheetId="14" r:id="rId3"/>
     <sheet name="REMINDERS" sheetId="12" r:id="rId4"/>
     <sheet name="Printing Reqs" sheetId="13" r:id="rId5"/>
     <sheet name="Discontinued Tests" sheetId="15" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CSF In-House Tests'!$A$1:$K$18</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'CSF Send-Out Tests'!$A$1:$O$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'CSF Send-Out Tests'!$A$1:$O$1</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">REMINDERS!$A$1:$B$15</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
+  <metadataTypes count="1">
+    <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLRICHVALUE" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
+          <xlrd:rvb i="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <valueMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </valueMetadata>
+</metadata>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="788" uniqueCount="422">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="783" uniqueCount="424">
   <si>
     <t>Reference Lab Test Code</t>
   </si>
   <si>
     <t>Performing Lab</t>
   </si>
   <si>
     <t>Performed</t>
   </si>
   <si>
     <t>Collection Container</t>
   </si>
   <si>
     <t>Stability from Collection to Sendouts</t>
   </si>
   <si>
     <t>Epic Lab Code</t>
   </si>
   <si>
     <t>Reference Lab Link</t>
   </si>
   <si>
     <t>Coccidioides Abs Panel, CSF</t>
   </si>
   <si>
@@ -131,65 +157,50 @@
     <t>Sunday-Saturday</t>
   </si>
   <si>
     <t>3-6 days</t>
   </si>
   <si>
     <t>CSF Sterile Tube</t>
   </si>
   <si>
     <t>Not required</t>
   </si>
   <si>
     <t>LAB10794</t>
   </si>
   <si>
     <t>https://ltd.aruplab.com/Tests/Pub/3000061</t>
   </si>
   <si>
     <t>1-3 days</t>
   </si>
   <si>
     <t>CSF Sterile Tube AND Serum Separator Tube (SST)</t>
   </si>
   <si>
     <t>https://ltd.aruplab.com/Tests/Pub/0080440</t>
-  </si>
-[...13 lines deleted...]
-    <t>CSF Polypropylene Tube AND Whole blood in Lavender top (EDTA)</t>
   </si>
   <si>
     <t>https://www.athenadiagnostics.com/view-full-catalog/admark-alzheimers-evaluation1</t>
   </si>
   <si>
     <t>Myelin Oligodendrocyte Glycoprotein (MOG) Antibody with Reflex to Titer, CSF</t>
   </si>
   <si>
     <t>Quest Diagnostics</t>
   </si>
   <si>
     <t>0.5 mL</t>
   </si>
   <si>
     <t>Wednesday</t>
   </si>
   <si>
     <t>10 days</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
@@ -414,53 +425,50 @@
   <si>
     <t>LAB3938</t>
   </si>
   <si>
     <t>https://ltd.aruplab.com/Tests/Pub/0080312</t>
   </si>
   <si>
     <t>Prion Markers (CJD), CSF</t>
   </si>
   <si>
     <t>National Prion Disease Pathology Surveillance Center</t>
   </si>
   <si>
     <t>Varies</t>
   </si>
   <si>
     <t>7-17 days</t>
   </si>
   <si>
     <t>https://ltd.aruplab.com/api/ltd/pdf/385</t>
   </si>
   <si>
     <t>LAB8247</t>
   </si>
   <si>
-    <t>https://ltd.aruplab.com/Tests/Pub/3001255</t>
-[...1 lines deleted...]
-  <si>
     <t>Aspergillus Galactomannan EIA</t>
   </si>
   <si>
     <t>Viracor</t>
   </si>
   <si>
     <t>Monday-Saturday</t>
   </si>
   <si>
     <t>Within 8 - 12 hours from receipt of specimen</t>
   </si>
   <si>
     <t>LAB9982</t>
   </si>
   <si>
     <t>https://www.eurofins-viracor.com/clinical/test-menu/1600-aspergillus-galactomannan-eia/</t>
   </si>
   <si>
     <t>LAB7553</t>
   </si>
   <si>
     <t>Herpes Simplex Virus 1 &amp; 2 (HSV-1 &amp; HSV-2) Quantitative Real-time PCR</t>
   </si>
   <si>
     <t>LAB9322</t>
@@ -620,57 +628,51 @@
       <t>: Collect 0.15-0.5 mL in CSF sterile tube.</t>
     </r>
   </si>
   <si>
     <t>LAB6990</t>
   </si>
   <si>
     <t>https://ltd.aruplab.com/Tests/Pub/2005164</t>
   </si>
   <si>
     <t>Protein Electrophoresis, CSF</t>
   </si>
   <si>
     <t>Monday, Wednesday, &amp; Friday</t>
   </si>
   <si>
     <t>LAB3989</t>
   </si>
   <si>
     <t>https://ltd.aruplab.com/Tests/Pub/0050590</t>
   </si>
   <si>
     <t>LAB5750</t>
   </si>
   <si>
-    <t>Monday-Friday</t>
-[...1 lines deleted...]
-  <si>
     <t>Polypropylene Tube</t>
-  </si>
-[...1 lines deleted...]
-    <t>14 days</t>
   </si>
   <si>
     <t>https://testdirectory.questdiagnostics.com/test/test-detail/92433/admark-phospho-tautotal-taua-beta42analysis-and-interpcsfsymptomatic?p=r&amp;q=admark&amp;cc=PHP</t>
   </si>
   <si>
     <t>LAB100180</t>
   </si>
   <si>
     <t>Enterovirus, Real-time PCR</t>
   </si>
   <si>
     <t>LabCorp</t>
   </si>
   <si>
     <t>3-4 days</t>
   </si>
   <si>
     <t>LAB58981</t>
   </si>
   <si>
     <t>https://www.labcorp.com/tests/138636/enterovirus-real-time-pcr</t>
   </si>
   <si>
     <t>Encephalopathy, Autoimmune/Paraneoplastic Evaluation, Spinal Fluid</t>
   </si>
@@ -852,66 +854,57 @@
       </rPr>
       <t>CSF</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">: Collect 0.6-1 mL in CSF sterile tube.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Transport to lab IMMEDIATELY (2 hour ambient temperature stability).</t>
     </r>
-  </si>
-[...2 lines deleted...]
-(Athena code 177)</t>
   </si>
   <si>
     <t>Ambient: 48 hours; 
 Refrigerated 2 weeks;
 Frozen: 1 year</t>
   </si>
   <si>
-    <t>Ambient: 72 hours;
-[...3 lines deleted...]
-  <si>
     <t>Ambient: 7 days;
 Refrigerated: 14 days;
 Frozen: 21 days</t>
   </si>
   <si>
     <t>Ambient: 7 days;
 Refrigerated: 14 days;
 Frozen: 30 days</t>
   </si>
   <si>
     <t>Ambient: 24 hours; Refrigerated: 1 week;
 Frozen: 1 month</t>
   </si>
   <si>
     <t>Ambient: 72 hours
 Refrigerated: 2 weeks;
 Frozen: 1 year</t>
   </si>
   <si>
     <t>Autoimmune Pediatric CNS Disorders, CSF</t>
   </si>
   <si>
     <t>https://ltd.aruplab.com/Tests/Pub/3006211</t>
   </si>
   <si>
@@ -1414,356 +1407,132 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Blood:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Collect blood in Serum Separator tube (SST) to capacity for 0.6-1 mL serum. 
 </t>
     </r>
   </si>
   <si>
-    <r>
-[...178 lines deleted...]
-  <si>
     <t>LAB4346</t>
   </si>
   <si>
     <t>Test Menu Link</t>
   </si>
   <si>
     <t>Stability from Collection to Lab</t>
   </si>
   <si>
     <t>Room Temperature : 8 hours;
 Refrigerated: 7 days;
 Frozen: 6 months</t>
   </si>
   <si>
-    <t>Room Temperature : Unacceptable;
-[...3 lines deleted...]
-  <si>
     <t>Room Temperature : 1 week;
 Refrigerated: 4 days;
 Frozen: 6 weeks</t>
   </si>
   <si>
     <t>7 mL</t>
   </si>
   <si>
     <t>CSF: 1.5 mL
 Serum: 1 mL</t>
   </si>
   <si>
     <t>CSF: 1 mL
 Serum: 0.6 mL</t>
   </si>
   <si>
-    <t>CSF: 0.5 mL
-[...6 lines deleted...]
-  <si>
     <t>Special Instructions</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255329</t>
   </si>
   <si>
     <t>≥ 2 mL</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255330</t>
   </si>
   <si>
     <t>Use anaerobic transport medium.</t>
   </si>
   <si>
     <t>Send to laboratory immediately. If delay occurs, keep at room temperature. DO NOT refrigerate.</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255335</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255381</t>
   </si>
   <si>
     <t>Fungal growth is reported as soon as detected. Fungus cultures are held for 4 weeks before being finalized as No Growth.</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255341</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/716288</t>
   </si>
   <si>
     <t>Ambient: 48 hours; 
 Refrigerated: 1 week</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/448577</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/448579</t>
-  </si>
-[...22 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Room Temperature: 24 hours;
 Refrigerated: 72 hours;
 Frozen: 6 months</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/696460</t>
   </si>
   <si>
-    <t>Transport at 2-25°C; may be stored at 2-8°C for up to 72 hours or frozen at -20°C or colder (-70°C) for longer storage.</t>
-[...1 lines deleted...]
-  <si>
     <t> 24-48 hours</t>
-  </si>
-[...2 lines deleted...]
-If Rush case, page HemePath Fellow 17349.</t>
   </si>
   <si>
     <t>Deliver IMMEDIATELY to preserve integrity of cells.</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/414256</t>
   </si>
   <si>
     <t>Will accept any volume available</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/612477</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255217</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255154</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/931362</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/255263</t>
   </si>
@@ -1796,114 +1565,91 @@
     <t xml:space="preserve">Batched 2x/week. Cut off time is 8am. </t>
   </si>
   <si>
     <t>LAB6651</t>
   </si>
   <si>
     <t>LAB4831</t>
   </si>
   <si>
     <t>LAB4668</t>
   </si>
   <si>
     <t>LAB4528</t>
   </si>
   <si>
     <t>LAB4531</t>
   </si>
   <si>
     <t>LAB3970</t>
   </si>
   <si>
     <t>LAB6728</t>
   </si>
   <si>
     <t>LAB6405</t>
-  </si>
-[...1 lines deleted...]
-    <t>LAB11104</t>
   </si>
   <si>
     <t>LAB8435</t>
   </si>
   <si>
     <t>LAB10046</t>
   </si>
   <si>
     <t>LAB9699</t>
   </si>
   <si>
     <t>LAB9710</t>
   </si>
   <si>
     <t>LAB9494</t>
   </si>
   <si>
     <t>LAB8999</t>
   </si>
   <si>
     <t>LAB10021</t>
   </si>
   <si>
     <t>Flow Cytometry for CSF</t>
   </si>
   <si>
     <t>LAB1845</t>
   </si>
   <si>
     <t>Room Temperature : 72 hours;
 Refrigerated: 1 month;
 Frozen: 1 month</t>
   </si>
   <si>
     <t>Monday - Friday (except weekends and holidays).</t>
   </si>
   <si>
     <t>Deliver to Central Laboratory, Payson 800, for testing at Molecular Pathology Lab, F-534</t>
   </si>
   <si>
     <t>LAB101218</t>
-  </si>
-[...18 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Deliver IMMEDIATELY to preserve integrity of cells, or refrigerate if not possible.</t>
   </si>
   <si>
     <t>Oligoclonal Band Profile (includes IgG CSF index)</t>
   </si>
   <si>
     <t xml:space="preserve"> Daily </t>
   </si>
   <si>
     <t xml:space="preserve">Deliver to Starr 1098 for testing at Papanicolaou Cytology Lab, F766.
 Place any specimen after 10PM in Starr 1098 refrigerator and log it in Pathology binder.
 </t>
   </si>
   <si>
     <t>Perform Schedule</t>
   </si>
   <si>
     <t>See LINK TO JOB AIDE FOR ROVER SPECIMEN COLLECTION</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
@@ -2384,69 +2130,60 @@
     <t>REPRINTING REQUISITIONS for Anatomic Pathology tests (Surgical Pathology, Cytology, Flow Cytometry, Cytogenetics, etc.):</t>
   </si>
   <si>
     <t>Discontinued Lab Tests - No longer available to order in EPIC</t>
   </si>
   <si>
     <t>Replacement Test</t>
   </si>
   <si>
     <t>CSF culture  
 Meningitis/Encephalitis panel</t>
   </si>
   <si>
     <t>AFB (Acid Fast Bacilli) Culture</t>
   </si>
   <si>
     <t>CSF Cell Count w/Differential</t>
   </si>
   <si>
     <t>CSF Culture w/Gram Stain</t>
   </si>
   <si>
     <t>Cytology, Non-Gyn for CSF</t>
   </si>
   <si>
-    <t>CMV (Cytomegalovirus), Real-Time PCR, CSF</t>
-[...4 lines deleted...]
-  <si>
     <t>Fungus Culture</t>
   </si>
   <si>
     <t>Glucose, CSF</t>
   </si>
   <si>
     <t>Lactate Dehydrogenase, CSF</t>
   </si>
   <si>
     <t>Protein, Total, CSF</t>
-  </si>
-[...1 lines deleted...]
-    <t>Toxoplasma Gondii PCR, CSF</t>
   </si>
   <si>
     <t>VDRL - Spinal Fluid</t>
   </si>
   <si>
     <t>LAB1853</t>
   </si>
   <si>
     <t>Immunoglobulin G (IgG), CSF</t>
   </si>
   <si>
     <t>Lactic Acid, CSF</t>
   </si>
   <si>
     <t xml:space="preserve">Following an LP, provider to notify Unit Clerk or Nurse when CSF specimens are dropped off in Blue Bin for Escort/Transport. </t>
   </si>
   <si>
     <t>Following an LP, provider to follow up with Unit Clerk or Nurse to verify CSF specimens were picked up by Escort/Transport.</t>
   </si>
   <si>
     <t xml:space="preserve">Reference Lab </t>
   </si>
   <si>
     <t>Specimen Drop-off Location</t>
   </si>
@@ -2683,234 +2420,92 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Collect 0.4-0.5 mL in CSF sterile tube.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Acid Fast Bacilli (AFB) smears and routine culture results are reported within 24 hours of specimen receipt in the laboratory. 
 Preliminary culture reports are issued weekly until completion of culture for a total of 8 weeks. 
 Positive culture results are reported as soon as they are detected. Negative cultures are reported after 8 weeks of incubation. </t>
   </si>
   <si>
     <t>LAB7294</t>
   </si>
   <si>
     <t>(updated 10/15/2025)</t>
   </si>
   <si>
     <t>0.35 mL</t>
   </si>
   <si>
     <t>https://www.testmenu.com/nyphweillcornell/Tests/1286506</t>
   </si>
   <si>
     <r>
-      <t>Tube #3 preferred for Microbiology tests.</t>
-[...93 lines deleted...]
-    <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Deliver to laboratory immediately after collection.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Specimen must be in the lab by morning cut-off, for same day result.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>CSF</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: Collect 0.5-1 mL in CSF sterile tube.</t>
-    </r>
-[...45 lines deleted...]
-      <t>: Collect ≥ 2 mL in CSF sterile tube # 3.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Last tube drawn is preferred for Cell Count. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Immediately deliver to the laboratory as cells degenerate on standing</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -3082,207 +2677,50 @@
       </rPr>
       <t xml:space="preserve">
 Specimen must be in the lab by morning cut-off, for same day result.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>CSF</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: Collect 0.35 -0.5 mL in CSF sterile tube.</t>
-    </r>
-[...155 lines deleted...]
-      <t>: Collect ≥ 1.5 mL in CSF sterile tube # 3.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Deliver to laboratory immediately after collection</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">.
 Specimen must be in the lab by morning cut-off, for same day result.
 </t>
@@ -3468,50 +2906,652 @@
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Exception</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: CSF from case with CJD in differential is stored 1 month awaiting 14-3-3 prion results to determine disposal 
    method
 - Cytology (F766): 2 weeks at room temperature
 - Microbiology (ST730): 1 month in freezer
 - Molecular Pathology (F534): Frozen at -20°C for 6 months.  Plasma and CSF samples are stable for up to four freeze/thaw 
    cycles when frozen at -20°C.</t>
     </r>
+  </si>
+  <si>
+    <t>LAB9540</t>
+  </si>
+  <si>
+    <t>CSF must be transported at 2-25ºC and may be stored at 2-8ºC for up to 6 days or frozen at -20ºC or colder (-70ºC).</t>
+  </si>
+  <si>
+    <t>CSF must be transported at 2-25ºC and may be stored at 2-8ºC for up to 6 days or frozen at -20ºC or colder (-70ºC) for longer storage.</t>
+  </si>
+  <si>
+    <t>Toxoplasma Gondii, Quantitative Real-Time PCR, CSF</t>
+  </si>
+  <si>
+    <t>CSF must be transported at 2-25°C and may be stored 2-8°C for up to 72 hours or frozen at -20°C or colder (-70°C).</t>
+  </si>
+  <si>
+    <t>Cytomegalovirus (CMV), Quantitative Real-Time PCR, CSF</t>
+  </si>
+  <si>
+    <t>https://ltd.aruplab.com/Tests/Pub/3019310</t>
+  </si>
+  <si>
+    <t>0.7 mL</t>
+  </si>
+  <si>
+    <t>Ambient: 5 days;
+Refrigerated: 14 days;
+Frozen: 56 days</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monday, Wednesday, Friday, &amp; Saturday  </t>
+  </si>
+  <si>
+    <t>7-14 days</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epstein Barr Virus QN PCR CSF/Non-Blood
+</t>
+  </si>
+  <si>
+    <t>Admark Phospho-Tau/Total-Tau/A Beta42, Analysis and Interp, CSF (Symptomatic)</t>
+  </si>
+  <si>
+    <t>ADmark Alzheimer’s Evaluation</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CSF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">: Collect 0.7-1 mL CSF in </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Polypropylene Tube</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">.
+</t>
+    </r>
+  </si>
+  <si>
+    <t>(updated 11/21/2025)</t>
+  </si>
+  <si>
+    <t>https://www.athenadiagnostics.com/view-full-catalog/admark-phospho-tau-total-tau-a-beta42analysis-and-interpcsfsymptomatic1</t>
+  </si>
+  <si>
+    <t>Admark Alzheimer’s Evaluation</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Replaced by two tests:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>•</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Admark Alzheimer’s Evaluation (test code 92433)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">: performed at Quest 
+• </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>APoE (test code APOEG)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">: performed at Mayo Clinic </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Admark Alzheimer’s Evaluation (test code 92433): performed at Quest </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Athena Diagnostics (test code 178)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Athena Diagnostics (test code 177)
+</t>
+  </si>
+  <si>
+    <t>(updated 12/10/2025)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tube #1 in a set of three or tube #2 in a set of four is recommended for use in chemistry.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CSF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Collect 0.5-1 mL in CSF sterile tube #1 in a set of three or tube #2 in a set of four.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tube #1 in a set of three or tube #2 in a set of four is recommended for use in chemistry.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CSF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Collect 0.5-1 mL in CSF sterile tube  #1 in a set of three or tube #2 in a set of four.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tube #3 preferred for Microbiology tests. Transport to Microbiology Laboratory (ST-730) immediately. Room temperature.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">CSF: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Collect ≥ 1 mL in CSF sterile tube #3.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Tube #3 preferred for Microbiology tests.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+CSF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Collect ≥ 2 mL in CSF sterile tube #3.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tube #3 preferred for Microbiology tests. Do not refrigerate. Transport at room temperature.
+Use anaerobic transport medium. Send to laboratory immediately.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">CSF: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Collect ≥ 1 mL CSF in CSF sterile tube #3; </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>use</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>anaerobic transport medium</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tube #3 preferred for Microbiology tests. 
+CSF specimens positive for Cryptococcal Antigen must also be cultured. This does not pertain to follow-up specimens for titers in patients known to be previously positive.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CSF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Collect ≥ 2 mL in CSF sterile tube #3.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tube #3 preferred for Microbiology tests.
+Specimens collected from indwelling CNS medical devices (i.e. shunts) cannot be tested.
+If insufficient CSF is sent for both culture and M/E panel the M/E panel will be cancelled and the culture performed.
+The M/E panel is a test of diagnosis and not a test of cure, and should not be used to follow treatment response.
+CSF specimens collected from inpatients, other than Bone Marrow transplant (BMT) patients, who develop central nervous system symptoms &gt;72 hours (3 days) after admission to the hospital are not acceptable for analysis and will be canceled. 
+Specimens from all inpatients, including BMT patients, who have already been tested in the past 30 days will be canceled.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CSF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Collect ≥ 1.5 mL in CSF sterile tube #3.</t>
+    </r>
+  </si>
+  <si>
+    <t>Room Temperature: 3 hours;
+Refrigerated: 24 hours;
+Frozen: 2 months</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">For EVD CSF collections, deselect CSF CELL COUNT W DIFF Tube #4, since a separate tube will not be collected: 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Drop off all specimens to Starr 10 - Room 1098i.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 
+Hand-deliver or call Lab for pick up if unable to drop off specimen. Call Lab at (212) 746-2442 Option 3 for pickup during normal business hours. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EPIC Requisition must accompany specimen.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+To reprint requisition, go to Chart Review &gt; Path tab in EPIC.  Ensure Date of Collection and Accession Number are on requisition before delivering specimens to lab.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Unacceptable Conditions:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Patients that have tested positive, for or suspicious for, CJD or active TB (latent TB is acceptable).
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CSF</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Collect in CSF sterile tube; minimum volume is dependent on cellularity.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Mon-Thurs 8:30am-6pm,
+Fri 8:30am-3pm.
+Closed Sat/Sun. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EPIC chat HemePath Fellow On Call for Rush cases and for any case outside of normal business hours. Alternatively, page HemePath Fellow 17349.</t>
+    </r>
+  </si>
+  <si>
+    <t>2 days
+If Rush case, EPIC chat HemePath Fellow On Call or page 17349.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -3548,157 +3588,155 @@
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...4 lines deleted...]
-      <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-      <sz val="9"/>
+      <b/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -3717,108 +3755,122 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="dotted">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
@@ -3886,144 +3938,147 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Good" xfId="2" builtinId="26"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCC99FF"/>
       <color rgb="FFFFFDCD"/>
       <color rgb="FFFFFCF3"/>
       <color rgb="FFFF66CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink7.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink13.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink4.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink6.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink10.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink8.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink5.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink9.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink7.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink13.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink4.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink6.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink10.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink8.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink5.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink9.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>14175</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>89961</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D0CC07A-078B-BAC7-6608-BE102A2D008B}"/>
             </a:ext>
           </a:extLst>
@@ -5782,50 +5837,118 @@
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2024-11-13T21:59:01.974"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.3" units="cm"/>
       <inkml:brushProperty name="height" value="0.6" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFC00"/>
       <inkml:brushProperty name="tip" value="rectangle"/>
       <inkml:brushProperty name="rasterOp" value="maskPen"/>
       <inkml:brushProperty name="ignorePressure" value="1"/>
     </inkml:brush>
   </inkml:definitions>
   <inkml:trace contextRef="#ctx0" brushRef="#br0">0 0,'2073'0,"-2048"0</inkml:trace>
 </inkml:ink>
 </file>
 
+<file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/richData/rdRichValueTypes.xml><?xml version="1.0" encoding="utf-8"?>
+<rvTypesInfo xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
+  <global>
+    <keyFlags>
+      <key name="_Self">
+        <flag name="ExcludeFromFile" value="1"/>
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_DisplayString">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Flags">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Format">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_SubLabel">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Attribution">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Icon">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Display">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_CanonicalPropertyNames">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_ClassificationId">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+    </keyFlags>
+  </global>
+</rvTypesInfo>
+</file>
+
+<file path=xl/richData/rdrichvalue.xml><?xml version="1.0" encoding="utf-8"?>
+<rvData xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
+  <rv s="0">
+    <v>0</v>
+    <v>5</v>
+  </rv>
+</rvData>
+</file>
+
+<file path=xl/richData/rdrichvaluestructure.xml><?xml version="1.0" encoding="utf-8"?>
+<rvStructures xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
+  <s t="_localImage">
+    <k n="_rvRel:LocalImageIdentifier" t="i"/>
+    <k n="CalcOrigin" t="i"/>
+  </s>
+</rvStructures>
+</file>
+
+<file path=xl/richData/richValueRel.xml><?xml version="1.0" encoding="utf-8"?>
+<richValueRels xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/richvaluerel" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <rel r:id="rId1"/>
+</richValueRels>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -6078,3017 +6201,3019 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/612477" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/448579" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255335" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/414256" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/696460" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255330" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/1286506" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255329" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/716288" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/931362" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255341" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255263" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255154" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255381" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255217" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/448577" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/612477" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/448579" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255335" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/414256" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/696460" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255290" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255330" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/1286506" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255329" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/716288" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/931362" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255341" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255263" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255154" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255381" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255217" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/448577" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/6500-hhv-6-quantitative-real-time-pcr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3000061" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080515" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/15777/borrelia-species-dna-qualitative-real-time-pcr-miscellaneous?p=r&amp;q=lyme%20pcr&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3002982" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3006211" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/70028/lyme-disease-antibodies-igg-igm-immunoblot-csf?q=70028&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/api/ltd/pdf/385" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0020729" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/351700-fungitell-with-reflex-to-titer/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3003259" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050206" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/api/ltd/pdf/16" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/84221" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/3500-jc-virus-jcv-quantitative-pcr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0098974" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080054" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wadsworth.org/programs/id/virology/services/encephalitis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/38325" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/92117" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050631" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3001255" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wadsworth.org/sites/default/files/WebDoc/DOH-4463%20Infectious%20Disease%20Requisition%2007_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/8500-herpes-simplex-viruses-1-2-hsv-1-hsv-2-quantitative-pcr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080440" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080312" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/37430" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/9500-varicella-zoster-virus-vzv-quantitative-pcr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/1600-aspergillus-galactomannan-eia/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050590" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/2005164" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080137" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/92433/admark-phospho-tautotal-taua-beta42analysis-and-interpcsfsymptomatic?p=r&amp;q=admark&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/36954/myelin-oligodendrocyte-glycoproteinmogantibody-with-reflex-to-titercsf?p=r&amp;q=36954&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.athenadiagnostics.com/view-full-catalog/admark-alzheimers-evaluation1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/1700-fungitell/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0020730" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/10666/toxoplasma-gondii-igg-elisa-csf?p=r&amp;q=10666&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labcorp.com/tests/138636/enterovirus-real-time-pcr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3006202" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/1600-aspergillus-galactomannan-eia/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080440" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/2005164" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/38325" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050590" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/92433/admark-phospho-tautotal-taua-beta42analysis-and-interpcsfsymptomatic?p=r&amp;q=admark&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/36954/myelin-oligodendrocyte-glycoproteinmogantibody-with-reflex-to-titercsf?p=r&amp;q=36954&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/api/ltd/pdf/385" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0020730" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3002982" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080137" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/api/ltd/pdf/16" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/70028/lyme-disease-antibodies-igg-igm-immunoblot-csf?q=70028&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/1700-fungitell/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/10666/toxoplasma-gondii-igg-elisa-csf?p=r&amp;q=10666&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labcorp.com/tests/138636/enterovirus-real-time-pcr" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3006202" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050206" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/84221" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0020729" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0098974" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3003259" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wadsworth.org/programs/id/virology/services/encephalitis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/3500-jc-virus-jcv-quantitative-pcr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/351700-fungitell-with-reflex-to-titer/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080054" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/92117" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/8500-herpes-simplex-viruses-1-2-hsv-1-hsv-2-quantitative-pcr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050200" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050631" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3019310" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080312" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wadsworth.org/sites/default/files/WebDoc/DOH-4463%20Infectious%20Disease%20Requisition%2007_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/9500-varicella-zoster-virus-vzv-quantitative-pcr/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayocliniclabs.com/test-catalog/overview/37430" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eurofins-viracor.com/clinical/test-menu/6500-hhv-6-quantitative-real-time-pcr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3000061" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0080515" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/3006211" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/15777/borrelia-species-dna-qualitative-real-time-pcr-miscellaneous?p=r&amp;q=lyme%20pcr&amp;cc=PHP" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knowit.nyp.org/Labs/Phlebotomist_Rover_Specimen_Collection.htm?rhsearch=phlebotomy%20collection&amp;rhhlterm=phlebotomy%20collection%20collecting%20collected%20collect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255608" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050676" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/11012/listeria-antibody-cf-csf?p=r&amp;q=Listeria%20Antibody,%20CSF%20by%20CF&amp;cc=PHP" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.testmenu.com/nyphweillcornell/Tests/255608" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ltd.aruplab.com/Tests/Pub/0050676" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://testdirectory.questdiagnostics.com/test/test-detail/11012/listeria-antibody-cf-csf?p=r&amp;q=Listeria%20Antibody,%20CSF%20by%20CF&amp;cc=PHP" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.athenadiagnostics.com/view-full-catalog/admark-alzheimers-evaluation1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F41B14AE-C859-4F72-B5FC-FC8C80DCE966}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K20"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+    <sheetView tabSelected="1" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="J10" sqref="J10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.75" x14ac:dyDescent="0.75"/>
   <cols>
     <col min="1" max="1" width="29.40625" style="11" customWidth="1"/>
     <col min="2" max="2" width="12.7265625" style="8" customWidth="1"/>
     <col min="3" max="3" width="48.40625" style="1" customWidth="1"/>
-    <col min="4" max="5" width="11.7265625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7265625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="14.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.7265625" style="1" customWidth="1"/>
     <col min="7" max="7" width="30.54296875" style="1" customWidth="1"/>
     <col min="8" max="8" width="21.1328125" style="3" customWidth="1"/>
     <col min="9" max="9" width="25" style="1" customWidth="1"/>
     <col min="10" max="10" width="37.7265625" style="1" customWidth="1"/>
     <col min="11" max="11" width="30.1328125" style="8" customWidth="1"/>
     <col min="12" max="16384" width="9.1328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="2" customFormat="1" ht="29.5" x14ac:dyDescent="0.75">
       <c r="A1" s="6" t="s">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="6" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="D1" s="6" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="E1" s="6" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="6" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>276</v>
+        <v>255</v>
       </c>
       <c r="I1" s="6" t="s">
-        <v>308</v>
+        <v>285</v>
       </c>
       <c r="J1" s="6" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="K1" s="6" t="s">
-        <v>234</v>
+        <v>219</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="169.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A2" s="3" t="s">
-        <v>349</v>
+        <v>326</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>291</v>
+        <v>269</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>399</v>
+        <v>415</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="H2" s="3" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>394</v>
+        <v>368</v>
       </c>
       <c r="K2" s="9" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="124.5" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="3" spans="1:11" ht="131.25" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A3" s="3" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>296</v>
+        <v>274</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>400</v>
+        <v>416</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
       <c r="K3" s="9" t="s">
-        <v>247</v>
+        <v>229</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="79.5" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="4" spans="1:11" ht="108.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A4" s="3" t="s">
-        <v>353</v>
+        <v>394</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>401</v>
+        <v>373</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="H4" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J4" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="K4" s="9" t="s">
-        <v>256</v>
+        <v>238</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="111" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="5" spans="1:11" ht="138.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A5" s="3" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>293</v>
+        <v>271</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>402</v>
+        <v>417</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="K5" s="9" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="94.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A6" s="3" t="s">
-        <v>350</v>
+        <v>327</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>403</v>
+        <v>374</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="K6" s="9" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="291" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A7" s="3" t="s">
-        <v>351</v>
+        <v>328</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>292</v>
+        <v>270</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>404</v>
+        <v>375</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="K7" s="9" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="215.25" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A8" s="3" t="s">
-        <v>352</v>
+        <v>329</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>298</v>
+        <v>276</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>405</v>
+        <v>376</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>266</v>
+        <v>245</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>304</v>
+        <v>281</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>307</v>
+        <v>284</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>306</v>
+        <v>283</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="K8" s="9" t="s">
-        <v>265</v>
+        <v>244</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="79.5" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="9" spans="1:11" ht="94.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A9" s="3" t="s">
-        <v>354</v>
+        <v>400</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>289</v>
+        <v>389</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>406</v>
+        <v>377</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>397</v>
+        <v>371</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>261</v>
+        <v>390</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>301</v>
+        <v>279</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="K9" s="9" t="s">
-        <v>257</v>
+        <v>239</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="201.75" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="10" spans="1:11" ht="236" x14ac:dyDescent="0.75">
       <c r="A10" s="3" t="s">
-        <v>297</v>
+        <v>275</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>361</v>
+        <v>335</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>407</v>
+        <v>421</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>264</v>
+        <v>243</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>390</v>
+        <v>364</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>303</v>
+        <v>422</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>263</v>
+        <v>423</v>
       </c>
       <c r="K10" s="9" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="83.25" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A11" s="3" t="s">
-        <v>355</v>
+        <v>330</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>294</v>
+        <v>272</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="K11" s="9" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="81.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A12" s="3" t="s">
-        <v>356</v>
+        <v>331</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="29" t="s">
-        <v>299</v>
+        <v>277</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="K12" s="9" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="81.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A13" s="3" t="s">
-        <v>362</v>
+        <v>336</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="H13" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="I13" s="29" t="s">
         <v>278</v>
       </c>
-      <c r="I13" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="K13" s="14" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="78.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A14" s="3" t="s">
-        <v>357</v>
+        <v>332</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>238</v>
+        <v>222</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="K14" s="9" t="s">
-        <v>398</v>
+        <v>372</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="84" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A15" s="3" t="s">
-        <v>363</v>
+        <v>337</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>237</v>
+        <v>419</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="K15" s="9" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="294.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A16" s="30" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>295</v>
+        <v>273</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="K16" s="14" t="s">
-        <v>254</v>
+        <v>236</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="78.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A17" s="3" t="s">
-        <v>358</v>
+        <v>333</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>286</v>
+        <v>265</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="I17" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="J17" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="J17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K17" s="9" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
     </row>
-    <row r="18" spans="1:11" ht="79.5" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="18" spans="1:11" ht="97.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A18" s="3" t="s">
-        <v>359</v>
+        <v>392</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>290</v>
+        <v>268</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>411</v>
+        <v>378</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>261</v>
+        <v>393</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>301</v>
+        <v>279</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="K18" s="9" t="s">
-        <v>260</v>
+        <v>241</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.75">
       <c r="A20" s="11" t="s">
-        <v>396</v>
+        <v>411</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="bYBxV+Whbsn/17pC9uKLwZAWAXIcBHg6HsJIufdPycssl6ZxyUB1SWqNXbCl4V/al75TN0EaHNaZufUf7Tfk9w==" saltValue="ulXeS2cEWiPhlraE8KP8Kw==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
-[...4 lines deleted...]
-  </autoFilter>
+  <sheetProtection algorithmName="SHA-512" hashValue="HlHHuuZCqirWOXwJtZ3J1bn5acZpoM0vlkBWfgFkmZbbGSOXoSmCJSkyxYnVJVhFDCTNl9MHDXiQDYzvHSexRA==" saltValue="OiXYOc4oI1jZLbH5W9RbTw==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <autoFilter ref="A1:K18" xr:uid="{F41B14AE-C859-4F72-B5FC-FC8C80DCE966}"/>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId1" xr:uid="{B52B64C0-DC9A-4847-B2E8-B444718E2643}"/>
     <hyperlink ref="K3" r:id="rId2" xr:uid="{6ABC0082-229D-481B-B8D2-CD76F75D778A}"/>
     <hyperlink ref="K7" r:id="rId3" xr:uid="{254CE52E-5563-47A5-B7A3-32604C918A15}"/>
     <hyperlink ref="K5" r:id="rId4" xr:uid="{C5EE7113-F7CD-4562-AB22-36E7F9F35BB9}"/>
     <hyperlink ref="K11" r:id="rId5" xr:uid="{B71C833A-2DE5-4CDF-9708-4FCA371555BD}"/>
     <hyperlink ref="K16" r:id="rId6" xr:uid="{AC008C24-341E-416C-B098-B857ED89847C}"/>
     <hyperlink ref="K8" r:id="rId7" xr:uid="{B6A42826-8512-4223-8CB7-C57C3F2D6D08}"/>
     <hyperlink ref="K10" r:id="rId8" xr:uid="{4EA52024-443A-44DD-9594-C0193A05B8EC}"/>
     <hyperlink ref="K6" r:id="rId9" xr:uid="{146BD712-EC1C-4B1F-9D56-C8ED80E346B6}"/>
     <hyperlink ref="K12" r:id="rId10" xr:uid="{C59CDAD4-1EF5-43C5-BD8C-9A6122A7C178}"/>
     <hyperlink ref="K13" r:id="rId11" xr:uid="{217762A2-A863-421E-A3C6-EADFE9AAEC18}"/>
     <hyperlink ref="K18" r:id="rId12" xr:uid="{ADB56819-31D0-45E5-A500-BCD54EB9D62E}"/>
     <hyperlink ref="K9" r:id="rId13" xr:uid="{E154DA9D-6637-41D6-9FB2-1D9B958454B0}"/>
     <hyperlink ref="K4" r:id="rId14" xr:uid="{F1B47D9D-8C11-4767-BD1F-370D0D7FD814}"/>
     <hyperlink ref="K15" r:id="rId15" xr:uid="{2033AA25-5E26-43D5-ABB9-E955BD09C41C}"/>
     <hyperlink ref="K14" r:id="rId16" xr:uid="{7B25FB77-0C02-4537-A99F-08BB14116543}"/>
+    <hyperlink ref="K17" r:id="rId17" xr:uid="{8C585CB8-B07A-4A3E-87BE-F7FBD7DCA3D8}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="45" fitToHeight="0" orientation="landscape" r:id="rId17"/>
+  <pageSetup scale="45" fitToHeight="0" orientation="landscape" r:id="rId18"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98BDDAFC-7888-4C34-A8E3-8280683214C2}">
   <sheetPr>
     <tabColor theme="9"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O41"/>
+  <dimension ref="A1:O40"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A31" activePane="bottomLeft" state="frozen"/>
+    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="D2" sqref="D2"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.75" x14ac:dyDescent="0.75"/>
   <cols>
     <col min="1" max="1" width="39.1328125" style="18" customWidth="1"/>
     <col min="2" max="2" width="13.1328125" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="51.7265625" style="13" customWidth="1"/>
     <col min="4" max="4" width="20.86328125" style="13" customWidth="1"/>
     <col min="5" max="5" width="18.26953125" style="13" customWidth="1"/>
     <col min="6" max="6" width="18.86328125" style="13" customWidth="1"/>
     <col min="7" max="7" width="23.1328125" style="13" customWidth="1"/>
     <col min="8" max="8" width="26.7265625" style="13" customWidth="1"/>
     <col min="9" max="9" width="17.7265625" style="13" customWidth="1"/>
     <col min="10" max="10" width="13.7265625" style="13" customWidth="1"/>
     <col min="11" max="11" width="13.7265625" style="20" customWidth="1"/>
     <col min="12" max="12" width="14.7265625" style="13" customWidth="1"/>
     <col min="13" max="13" width="17.1328125" style="13" customWidth="1"/>
     <col min="14" max="14" width="14.54296875" style="13" customWidth="1"/>
     <col min="15" max="15" width="37.26953125" style="19" customWidth="1"/>
     <col min="16" max="16384" width="9.1328125" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="21" customFormat="1" ht="29.5" x14ac:dyDescent="0.75">
       <c r="A1" s="28" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="B1" s="28" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="28" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="D1" s="28" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="E1" s="28" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="F1" s="28" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="G1" s="28" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="28" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="28" t="s">
-        <v>367</v>
+        <v>341</v>
       </c>
       <c r="J1" s="28" t="s">
-        <v>366</v>
+        <v>340</v>
       </c>
       <c r="K1" s="28" t="s">
         <v>0</v>
       </c>
       <c r="L1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>325</v>
+        <v>302</v>
       </c>
       <c r="O1" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:15" ht="57" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A2" s="3" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="I2" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K2" s="2">
         <v>3002982</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="O2" s="10" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
     </row>
-    <row r="3" spans="1:15" ht="132" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="3" spans="1:15" ht="73.75" x14ac:dyDescent="0.75">
       <c r="A3" s="15" t="s">
-        <v>20</v>
+        <v>402</v>
       </c>
       <c r="B3" s="15" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>301</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>403</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>242</v>
+        <v>396</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>9</v>
+      </c>
+      <c r="G3" s="17" t="s">
+        <v>119</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>228</v>
+        <v>397</v>
       </c>
       <c r="I3" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>22</v>
+      </c>
+      <c r="K3" s="2">
+        <v>92433</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M3" s="1" t="s">
-        <v>22</v>
+        <v>398</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>399</v>
+      </c>
+      <c r="O3" s="9" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="4" spans="1:15" ht="97.5" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>229</v>
+    <row r="4" spans="1:15" ht="66" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A4" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" s="26" t="s">
+        <v>203</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>187</v>
+        <v>298</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>8</v>
+      </c>
+      <c r="K4" s="2">
+        <v>50200</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>125</v>
+        <v>11</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>17</v>
+      </c>
+      <c r="O4" s="9" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="5" spans="1:15" ht="66" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>213</v>
+    <row r="5" spans="1:15" ht="53.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A5" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>92</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>321</v>
+        <v>181</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K5" s="2">
-        <v>50200</v>
+        <v>20729</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="O5" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="O5" s="10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="118" x14ac:dyDescent="0.75">
+      <c r="A6" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" s="23" t="s">
+        <v>202</v>
+      </c>
+      <c r="D6" s="10" t="s">
         <v>46</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E6" s="1" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>191</v>
+        <v>297</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K6" s="2">
-        <v>20729</v>
+        <v>80137</v>
       </c>
       <c r="L6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="O6" s="10" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="118" x14ac:dyDescent="0.75">
+    <row r="7" spans="1:15" ht="52.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A7" s="22" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B7" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" s="23" t="s">
         <v>52</v>
       </c>
-      <c r="C7" s="23" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K7" s="2">
-        <v>80137</v>
+        <v>98974</v>
       </c>
       <c r="L7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O7" s="10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
-    <row r="8" spans="1:15" ht="52.5" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="8" spans="1:15" ht="82.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A8" s="22" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="B8" s="23" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="C8" s="23" t="s">
-        <v>57</v>
+        <v>200</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>322</v>
+        <v>296</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="K8" s="2">
-        <v>98974</v>
+        <v>1603</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="O8" s="10" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
     </row>
-    <row r="9" spans="1:15" ht="82.5" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>210</v>
+    <row r="9" spans="1:15" ht="44.25" x14ac:dyDescent="0.75">
+      <c r="A9" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>100</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>319</v>
+        <v>184</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>85</v>
+        <v>8</v>
       </c>
       <c r="K9" s="2">
-        <v>1603</v>
+        <v>3006202</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>85</v>
+        <v>8</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="O9" s="10" t="s">
-        <v>89</v>
+        <v>316</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="44.25" x14ac:dyDescent="0.75">
       <c r="A10" s="3" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>182</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>318</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K10" s="2">
-        <v>3006202</v>
+        <v>3006211</v>
       </c>
       <c r="L10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="O10" s="10" t="s">
-        <v>339</v>
+        <v>183</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="44.25" x14ac:dyDescent="0.75">
       <c r="A11" s="3" t="s">
-        <v>192</v>
+        <v>101</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>341</v>
+        <v>62</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>103</v>
+        <v>58</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K11" s="2">
-        <v>3006211</v>
+        <v>80054</v>
       </c>
       <c r="L11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="O11" s="10" t="s">
-        <v>193</v>
+        <v>103</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="44.25" x14ac:dyDescent="0.75">
+    <row r="12" spans="1:15" ht="81.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A12" s="3" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>67</v>
+        <v>362</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>108</v>
+        <v>363</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K12" s="2">
-        <v>80054</v>
+        <v>20730</v>
       </c>
       <c r="L12" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="O12" s="10" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="81.75" customHeight="1" x14ac:dyDescent="0.75">
-[...4 lines deleted...]
-        <v>388</v>
+    <row r="13" spans="1:15" ht="84.75" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A13" s="11" t="s">
+        <v>350</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>351</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>389</v>
+        <v>36</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E13" s="1" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="E13" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>9</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>196</v>
+        <v>352</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>20730</v>
+        <v>22</v>
+      </c>
+      <c r="K13" s="33">
+        <v>15777</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>22</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>80</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>353</v>
+      </c>
+      <c r="O13" s="34" t="s">
+        <v>349</v>
       </c>
     </row>
-    <row r="14" spans="1:15" ht="84.75" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>41</v>
+    <row r="14" spans="1:15" ht="114.75" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A14" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>303</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="4" t="s">
+      <c r="E14" s="1" t="s">
         <v>9</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>10</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>378</v>
+        <v>177</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>15777</v>
+        <v>8</v>
+      </c>
+      <c r="K14" s="2">
+        <v>3000061</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>8</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>11</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>12</v>
+      </c>
+      <c r="O14" s="10" t="s">
+        <v>16</v>
       </c>
     </row>
-    <row r="15" spans="1:15" ht="114.75" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>326</v>
+    <row r="15" spans="1:15" ht="95.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A15" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" s="24" t="s">
+        <v>206</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>186</v>
+        <v>295</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K15" s="2">
-        <v>3000061</v>
+        <v>3003259</v>
       </c>
       <c r="L15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="O15" s="10" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
     </row>
-    <row r="16" spans="1:15" ht="95.25" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>216</v>
+    <row r="16" spans="1:15" ht="84.75" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A16" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>132</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>9</v>
+        <v>129</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>318</v>
+        <v>191</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3003259</v>
+        <v>38</v>
+      </c>
+      <c r="K16" s="2" t="s">
+        <v>128</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="O16" s="10" t="s">
-        <v>66</v>
+        <v>133</v>
       </c>
     </row>
-    <row r="17" spans="1:15" ht="84.75" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="17" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A17" s="3" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>140</v>
+        <v>92</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>137</v>
+        <v>23</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>123</v>
+      </c>
+      <c r="K17" s="2">
+        <v>138636</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>43</v>
+        <v>123</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>138</v>
+        <v>80</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>124</v>
+      </c>
+      <c r="O17" s="9" t="s">
+        <v>126</v>
       </c>
     </row>
-    <row r="18" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="18" spans="1:15" ht="67.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A18" s="3" t="s">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>98</v>
+        <v>195</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>131</v>
+        <v>79</v>
       </c>
       <c r="K18" s="2">
-        <v>138636</v>
+        <v>1703</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>131</v>
+        <v>79</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>81</v>
+      </c>
+      <c r="O18" s="10" t="s">
+        <v>151</v>
       </c>
     </row>
-    <row r="19" spans="1:15" ht="67.5" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="19" spans="1:15" ht="68.25" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A19" s="3" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="K19" s="2">
-        <v>1703</v>
+        <v>351703</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="O19" s="10" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
     </row>
-    <row r="20" spans="1:15" ht="68.25" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>205</v>
+    <row r="20" spans="1:15" ht="52.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A20" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>192</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>104</v>
+        <v>136</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H20" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="M20" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="N20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O20" s="10" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="86.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A21" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="23" t="s">
         <v>204</v>
-      </c>
-[...30 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>201</v>
+        <v>294</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>79</v>
+      </c>
+      <c r="K21" s="2">
+        <v>8503</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>145</v>
+        <v>80</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="O21" s="10" t="s">
-        <v>146</v>
+        <v>87</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="86.25" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="22" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A22" s="22" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B22" s="23" t="s">
-        <v>92</v>
+        <v>207</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>317</v>
+        <v>293</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="K22" s="2">
-        <v>8503</v>
+        <v>6503</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="O22" s="10" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
-    <row r="23" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="23" spans="1:15" ht="55.5" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A23" s="22" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="B23" s="23" t="s">
-        <v>217</v>
+        <v>66</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>209</v>
+        <v>176</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>85</v>
+        <v>8</v>
       </c>
       <c r="K23" s="2">
-        <v>6503</v>
+        <v>50631</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>85</v>
+        <v>8</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
       <c r="O23" s="10" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
     </row>
-    <row r="24" spans="1:15" ht="55.5" customHeight="1" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-        <v>68</v>
+    <row r="24" spans="1:15" ht="79.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A24" s="27" t="s">
+        <v>155</v>
       </c>
       <c r="B24" s="23" t="s">
-        <v>71</v>
+        <v>156</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E24" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G24" s="1" t="s">
+      <c r="E24" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="H24" s="1" t="s">
-        <v>315</v>
+      <c r="H24" s="4" t="s">
+        <v>291</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>278</v>
-[...14 lines deleted...]
-        <v>56</v>
+        <v>257</v>
+      </c>
+      <c r="J24" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="K24" s="7">
+        <v>3503</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N24" s="4" t="s">
+        <v>81</v>
       </c>
       <c r="O24" s="10" t="s">
-        <v>72</v>
+        <v>157</v>
       </c>
     </row>
-    <row r="25" spans="1:15" ht="79.5" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>209</v>
+    <row r="25" spans="1:15" ht="67.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A25" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="4" t="s">
+      <c r="E25" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="G25" s="4" t="s">
+      <c r="G25" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="H25" s="4" t="s">
-        <v>314</v>
+      <c r="H25" s="1" t="s">
+        <v>179</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>278</v>
-[...14 lines deleted...]
-        <v>87</v>
+        <v>257</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K25" s="2">
+        <v>70028</v>
+      </c>
+      <c r="L25" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="N25" s="1" t="s">
+        <v>146</v>
       </c>
       <c r="O25" s="10" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
     </row>
-    <row r="26" spans="1:15" ht="67.5" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="26" spans="1:15" ht="44.25" x14ac:dyDescent="0.75">
       <c r="A26" s="3" t="s">
-        <v>153</v>
+        <v>106</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>155</v>
+        <v>107</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>31</v>
+        <v>188</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="K26" s="2">
-        <v>70028</v>
+        <v>80515</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>154</v>
+        <v>59</v>
       </c>
       <c r="O26" s="10" t="s">
-        <v>156</v>
+        <v>108</v>
       </c>
     </row>
-    <row r="27" spans="1:15" ht="44.25" x14ac:dyDescent="0.75">
+    <row r="27" spans="1:15" ht="81.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A27" s="3" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>113</v>
+        <v>208</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>198</v>
+        <v>26</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="K27" s="2">
-        <v>80515</v>
+        <v>36954</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="O27" s="10" t="s">
-        <v>114</v>
+        <v>27</v>
       </c>
     </row>
-    <row r="28" spans="1:15" ht="81.75" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="28" spans="1:15" ht="50.25" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A28" s="3" t="s">
-        <v>26</v>
+        <v>355</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>218</v>
+        <v>356</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>31</v>
+        <v>357</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>36954</v>
+        <v>38</v>
+      </c>
+      <c r="K28" s="2" t="s">
+        <v>358</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>29</v>
+        <v>361</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>30</v>
+        <v>360</v>
       </c>
       <c r="O28" s="10" t="s">
-        <v>32</v>
+        <v>359</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="50.25" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A29" s="3" t="s">
-        <v>381</v>
+        <v>109</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>382</v>
+        <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>383</v>
+        <v>111</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>8</v>
+      </c>
+      <c r="K29" s="2">
+        <v>2005164</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>387</v>
+        <v>11</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>386</v>
+        <v>17</v>
       </c>
       <c r="O29" s="10" t="s">
-        <v>385</v>
+        <v>113</v>
       </c>
     </row>
-    <row r="30" spans="1:15" ht="50.25" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>117</v>
+    <row r="30" spans="1:15" ht="118" x14ac:dyDescent="0.75">
+      <c r="A30" s="22" t="s">
+        <v>282</v>
+      </c>
+      <c r="B30" s="23" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" s="23" t="s">
+        <v>217</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>116</v>
+        <v>225</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>28</v>
+        <v>224</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>199</v>
+        <v>287</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K30" s="2">
-        <v>2005164</v>
+        <v>80440</v>
       </c>
       <c r="L30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="O30" s="10" t="s">
-        <v>119</v>
+        <v>19</v>
       </c>
     </row>
-    <row r="31" spans="1:15" ht="118" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>227</v>
+    <row r="31" spans="1:15" ht="81" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A31" s="12" t="s">
+        <v>139</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>193</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>241</v>
+        <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>240</v>
+        <v>129</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>310</v>
+        <v>191</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>80440</v>
+        <v>38</v>
+      </c>
+      <c r="K31" s="2" t="s">
+        <v>140</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="O31" s="10" t="s">
-        <v>19</v>
+        <v>143</v>
       </c>
     </row>
-    <row r="32" spans="1:15" ht="81" customHeight="1" x14ac:dyDescent="0.75">
-[...10 lines deleted...]
-        <v>14</v>
+    <row r="32" spans="1:15" ht="158.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A32" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="B32" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>76</v>
       </c>
       <c r="E32" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>201</v>
+        <v>288</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>8</v>
+      </c>
+      <c r="K32" s="2">
+        <v>3019310</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>138</v>
+        <v>74</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="O32" s="10" t="s">
-        <v>151</v>
+        <v>395</v>
       </c>
     </row>
-    <row r="33" spans="1:15" ht="158.25" customHeight="1" x14ac:dyDescent="0.75">
-[...10 lines deleted...]
-        <v>81</v>
+    <row r="33" spans="1:15" ht="47.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A33" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="E33" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>311</v>
+        <v>190</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J33" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K33" s="2">
-        <v>3001255</v>
+        <v>50590</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>78</v>
+        <v>8</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="O33" s="10" t="s">
-        <v>83</v>
+        <v>117</v>
       </c>
     </row>
-    <row r="34" spans="1:15" ht="47.25" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>41</v>
+    <row r="34" spans="1:15" ht="67.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A34" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C34" s="23" t="s">
+        <v>201</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>200</v>
+        <v>289</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="J34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K34" s="2">
-        <v>50590</v>
+        <v>80312</v>
       </c>
       <c r="L34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="O34" s="10" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
     </row>
-    <row r="35" spans="1:15" ht="67.5" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>211</v>
+    <row r="35" spans="1:15" ht="70.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A35" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>179</v>
+      </c>
+      <c r="I35" s="44" t="s">
+        <v>257</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="K35" s="2">
-        <v>80312</v>
+        <v>10666</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="O35" s="10" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
     </row>
-    <row r="36" spans="1:15" ht="70.5" customHeight="1" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-        <v>33</v>
+    <row r="36" spans="1:15" ht="86.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A36" s="45" t="s">
+        <v>366</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>152</v>
+        <v>365</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>37</v>
+        <v>367</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E36" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="E36" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>189</v>
-[...17 lines deleted...]
-        <v>36</v>
+        <v>380</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="K36" s="7">
+        <v>50206</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="M36" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="N36" s="4" t="s">
+        <v>59</v>
       </c>
       <c r="O36" s="10" t="s">
-        <v>38</v>
+        <v>379</v>
       </c>
     </row>
-    <row r="37" spans="1:15" ht="86.25" customHeight="1" x14ac:dyDescent="0.75">
-[...7 lines deleted...]
-        <v>393</v>
+    <row r="37" spans="1:15" ht="80.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A37" s="27" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C37" s="23" t="s">
+        <v>199</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="H37" s="1" t="s">
-[...3 lines deleted...]
-        <v>278</v>
+      <c r="H37" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>257</v>
       </c>
       <c r="J37" s="4" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="K37" s="7">
-        <v>50206</v>
+        <v>9503</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>11</v>
+        <v>80</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="O37" s="10" t="s">
-        <v>412</v>
+        <v>160</v>
       </c>
     </row>
-    <row r="38" spans="1:15" ht="80.25" customHeight="1" x14ac:dyDescent="0.75">
-[...10 lines deleted...]
-        <v>14</v>
+    <row r="38" spans="1:15" ht="358.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A38" s="35" t="s">
+        <v>306</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="D38" s="32" t="s">
+        <v>308</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>28</v>
+        <v>309</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>10</v>
+        <v>310</v>
       </c>
       <c r="G38" s="4" t="s">
-        <v>13</v>
+        <v>311</v>
       </c>
       <c r="H38" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="J38" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="I38" s="3" t="s">
-[...9 lines deleted...]
-        <v>85</v>
+      <c r="K38" s="33" t="s">
+        <v>354</v>
+      </c>
+      <c r="L38" s="1" t="s">
+        <v>313</v>
       </c>
       <c r="M38" s="4" t="s">
-        <v>86</v>
+        <v>50</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>314</v>
+      </c>
+      <c r="O38" s="34" t="s">
+        <v>315</v>
       </c>
     </row>
-    <row r="39" spans="1:15" ht="409.5" customHeight="1" x14ac:dyDescent="0.75">
-[...48 lines deleted...]
-        <v>396</v>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.75">
+      <c r="A40" s="18" t="s">
+        <v>404</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IzX4oQTu0iCRTFIVKFczggWhVZ0tB/nB3AAZT127Oe6aK689kmP88WQvvpIhg3Nd70S3+3bcqWjsTEvUGgF0dQ==" saltValue="OfQLmYP32uij/Qg8BRugdQ==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
-[...1 lines deleted...]
-    <sortCondition ref="A1:A39"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="5H+cXpwi2Cq+UbXDClgi0GZisxfBmstzE7nToMBd+SAbLP1Bwp6+SoVkNcSLBpM8ThDC9vXIEScRVR2Er4OCTA==" saltValue="1XRQobgWM/pVHB0WynpvJA==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <autoFilter ref="A1:O1" xr:uid="{98BDDAFC-7888-4C34-A8E3-8280683214C2}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:O38">
+    <sortCondition ref="A1:A38"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="D7" r:id="rId1" xr:uid="{3355037F-E924-40F8-9A79-49E475597350}"/>
-[...39 lines deleted...]
-    <hyperlink ref="O37" r:id="rId41" xr:uid="{B210C322-C6DD-4F8F-97FD-54C8754D37DA}"/>
+    <hyperlink ref="D6" r:id="rId1" xr:uid="{3355037F-E924-40F8-9A79-49E475597350}"/>
+    <hyperlink ref="D32" r:id="rId2" xr:uid="{C76B5B37-0217-4523-B903-59DA95DB0E92}"/>
+    <hyperlink ref="O31" r:id="rId3" xr:uid="{922AA0D4-8A44-496B-AF1F-9B70A9A30820}"/>
+    <hyperlink ref="O16" r:id="rId4" xr:uid="{646E5D30-AF57-4D2D-8270-F45EC17000C7}"/>
+    <hyperlink ref="O20" r:id="rId5" xr:uid="{B4B7BB29-A138-4E82-9CB7-210B0464662E}"/>
+    <hyperlink ref="O25" r:id="rId6" xr:uid="{D2047556-E936-4AC4-B03B-2A1E45BCF299}"/>
+    <hyperlink ref="O27" r:id="rId7" xr:uid="{73CAAEC0-4E10-4598-89F6-3FCD35BA2BC2}"/>
+    <hyperlink ref="O37" r:id="rId8" xr:uid="{50C5ABA1-8515-46D6-BC71-6B1903824E59}"/>
+    <hyperlink ref="O21" r:id="rId9" xr:uid="{BBAC33BA-926D-4742-B1ED-25E734691B9D}"/>
+    <hyperlink ref="O24" r:id="rId10" xr:uid="{A6C639BF-3284-43A2-8640-5EE00BA37995}"/>
+    <hyperlink ref="O18" r:id="rId11" xr:uid="{A4CD3D46-0447-411A-AAD9-8060FF500ABE}"/>
+    <hyperlink ref="O22" r:id="rId12" xr:uid="{EA553B90-E83C-46E2-A096-F222FF0EE19F}"/>
+    <hyperlink ref="O8" r:id="rId13" xr:uid="{711AD0DB-B20A-4284-B243-6A4EDE304168}"/>
+    <hyperlink ref="O4" r:id="rId14" xr:uid="{8A81CA59-F464-47DA-BA83-B1DBAD7CACD4}"/>
+    <hyperlink ref="O5" r:id="rId15" xr:uid="{54BF7801-A4FB-450F-884E-1781B12BAAD4}"/>
+    <hyperlink ref="O12" r:id="rId16" xr:uid="{DF94AD76-0495-45A3-B588-3D23D97D7713}"/>
+    <hyperlink ref="O14" r:id="rId17" xr:uid="{093BECF4-F295-40C9-AEC3-6F66C4C7CD5E}"/>
+    <hyperlink ref="O30" r:id="rId18" xr:uid="{E0FACB20-F531-45C6-BC95-C33C78CB801A}"/>
+    <hyperlink ref="O19" r:id="rId19" xr:uid="{87C2F3C4-1C09-4091-A62C-F4FBF37149E0}"/>
+    <hyperlink ref="O2" r:id="rId20" xr:uid="{44F9BE82-AA3A-47A1-A09B-5E693563C5F3}"/>
+    <hyperlink ref="O33" r:id="rId21" xr:uid="{79BFE82F-B47D-4B77-98F6-A38FC4ACB599}"/>
+    <hyperlink ref="O23" r:id="rId22" xr:uid="{CA1DD124-B8A8-4FCA-ADEA-6BCDE8538239}"/>
+    <hyperlink ref="O7" r:id="rId23" xr:uid="{45AF4C62-8C29-478B-9626-5EE77188420F}"/>
+    <hyperlink ref="O35" r:id="rId24" xr:uid="{80D60B8D-26A1-41DD-B172-9D18223A2C63}"/>
+    <hyperlink ref="O26" r:id="rId25" xr:uid="{391DDF6E-D1E0-4252-89C8-62FA608CA2C9}"/>
+    <hyperlink ref="O29" r:id="rId26" xr:uid="{0F07127E-B89A-47D1-AB0B-39AD8ED36536}"/>
+    <hyperlink ref="O32" r:id="rId27" xr:uid="{BC1B6262-2CA6-4555-9686-017C30FD7C93}"/>
+    <hyperlink ref="O15" r:id="rId28" xr:uid="{FD9AC9E5-478C-4507-8E6B-9458805186AA}"/>
+    <hyperlink ref="O6" r:id="rId29" xr:uid="{A8F203D5-FE56-4BF8-843A-633AE72C0E67}"/>
+    <hyperlink ref="O34" r:id="rId30" xr:uid="{E8D34120-01BC-47C7-9186-FDCDB2D9ED3D}"/>
+    <hyperlink ref="O11" r:id="rId31" xr:uid="{69985EA9-7D9A-4A9A-80D1-C4FCA50A5E38}"/>
+    <hyperlink ref="O17" r:id="rId32" xr:uid="{D7098814-9148-45FD-A5DD-437A4C613C7B}"/>
+    <hyperlink ref="O10" r:id="rId33" xr:uid="{99E77C32-F2A2-41E5-82A1-2E701C7A1B69}"/>
+    <hyperlink ref="O3" r:id="rId34" xr:uid="{17887B2B-B320-4406-95BF-25644B0602A5}"/>
+    <hyperlink ref="D38" r:id="rId35" xr:uid="{FD28B5BD-B03E-4F64-ADD0-2E5891EFF18D}"/>
+    <hyperlink ref="O38" r:id="rId36" xr:uid="{3072C121-83C0-407B-95A3-28F5C3846C86}"/>
+    <hyperlink ref="O9" r:id="rId37" xr:uid="{04015533-E3B8-4EB6-9D58-C828AF0AE1C9}"/>
+    <hyperlink ref="O13" r:id="rId38" xr:uid="{D4545A14-52C7-4471-8F2B-C1614B88691A}"/>
+    <hyperlink ref="O28" r:id="rId39" xr:uid="{F6513377-C2EE-4CAC-8E75-CBBF8C2B30E8}"/>
+    <hyperlink ref="O36" r:id="rId40" xr:uid="{B210C322-C6DD-4F8F-97FD-54C8754D37DA}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="40" fitToHeight="0" orientation="landscape" r:id="rId42"/>
+  <pageSetup scale="40" fitToHeight="0" orientation="landscape" r:id="rId41"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0936731-5A0D-473A-80F2-8BBD7349391C}">
   <sheetPr>
     <tabColor rgb="FFCC99FF"/>
   </sheetPr>
   <dimension ref="A1:A77"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A76" sqref="A76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.75" x14ac:dyDescent="0.75"/>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.75">
       <c r="A1" s="37"/>
     </row>
     <row r="77" spans="1:1" x14ac:dyDescent="0.75">
-      <c r="A77" s="48" t="s">
-        <v>396</v>
+      <c r="A77" s="46" t="s">
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="lmDyM8Zf3GOOzH/eKMDLHF/oQMsrqCV5p4VnR0Q9Qbzj75m8K+ZEoxuMbv92jmn+DJcQz1ZdJ/9sXzp0hey1iQ==" saltValue="8ujA5sS9lAAoT4zxck1H7g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{167D4151-9107-4024-9F28-033A991901A3}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:B15"/>
+  <dimension ref="A1:B18"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G25" sqref="G25"/>
+    <sheetView topLeftCell="A10" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="E15" sqref="E15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.75" x14ac:dyDescent="0.75"/>
   <cols>
     <col min="1" max="1" width="3.86328125" style="43" customWidth="1"/>
     <col min="2" max="2" width="110.1328125" style="39" customWidth="1"/>
     <col min="3" max="16384" width="9.1328125" style="39"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.75">
-      <c r="A1" s="53" t="s">
-        <v>323</v>
+      <c r="A1" s="50" t="s">
+        <v>300</v>
       </c>
       <c r="B1" s="38"/>
     </row>
     <row r="2" spans="1:2" ht="11.25" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A2" s="40"/>
       <c r="B2" s="41"/>
     </row>
     <row r="3" spans="1:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A3" s="42">
         <v>1</v>
       </c>
-      <c r="B3" s="50" t="s">
-        <v>418</v>
+      <c r="B3" s="48" t="s">
+        <v>385</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A4" s="42">
         <v>2</v>
       </c>
-      <c r="B4" s="51" t="s">
-        <v>419</v>
+      <c r="B4" s="49" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A5" s="42">
         <v>3</v>
       </c>
-      <c r="B5" s="49" t="s">
-        <v>309</v>
+      <c r="B5" s="47" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A6" s="42">
         <v>4</v>
       </c>
-      <c r="B6" s="50" t="s">
-        <v>369</v>
+      <c r="B6" s="48" t="s">
+        <v>343</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A7" s="42">
         <v>5</v>
       </c>
-      <c r="B7" s="50" t="s">
-        <v>420</v>
+      <c r="B7" s="48" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A8" s="42">
         <v>6</v>
       </c>
-      <c r="B8" s="51" t="s">
-        <v>364</v>
+      <c r="B8" s="49" t="s">
+        <v>338</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A9" s="42">
         <v>7</v>
       </c>
-      <c r="B9" s="51" t="s">
-        <v>365</v>
+      <c r="B9" s="49" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="33.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A10" s="42">
         <v>8</v>
       </c>
-      <c r="B10" s="50" t="s">
-        <v>416</v>
+      <c r="B10" s="48" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A11" s="42">
         <v>9</v>
       </c>
-      <c r="B11" s="51" t="s">
-        <v>417</v>
+      <c r="B11" s="49" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="123.75" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A12" s="42">
         <v>10</v>
       </c>
-      <c r="B12" s="50" t="s">
-        <v>421</v>
+      <c r="B12" s="48" t="s">
+        <v>388</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="123.75" customHeight="1" x14ac:dyDescent="0.75">
-      <c r="A13" s="47">
+      <c r="A13" s="42">
         <v>11</v>
       </c>
-      <c r="B13" s="52" t="s">
-        <v>415</v>
+      <c r="B13" s="48" t="s">
+        <v>382</v>
       </c>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.75">
-      <c r="B14" s="44"/>
+    <row r="14" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A14" s="55">
+        <v>12</v>
+      </c>
+      <c r="B14" s="53" t="s">
+        <v>420</v>
+      </c>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-        <v>396</v>
+    <row r="15" spans="1:2" ht="235.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A15" s="56"/>
+      <c r="B15" s="54" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.75">
+      <c r="A18" s="39" t="s">
+        <v>411</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="fru9HrityLxvulRT8MjH2bhPUZr3ewYFr/AEdgksc5fAVeZ1x26WTuCfqg44eNX3Y1rTItARlRaTpTQrxAmcBw==" saltValue="JIQQmPANX1UZoZC4hFaFdQ==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="o8SZpDfR6sjYRiW1gxn2SSq/7sKPQNSNRP+ymznoWaKh9TvagqEUBn/Ra3GiBKDww0WNLwV4dDs8lewz+wn3qA==" saltValue="2pnfkiRO5Wnv0n7YS9fpDw==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <mergeCells count="1">
+    <mergeCell ref="A14:A15"/>
+  </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1" xr:uid="{B7700E25-BF3A-4E6C-A6A8-BE78E679B101}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="97" orientation="landscape" r:id="rId2"/>
+  <pageSetup scale="68" orientation="landscape" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CEB0674C-F1C2-4BCA-93FD-2AC6A35960A1}">
   <sheetPr>
     <tabColor theme="5" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:A81"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F3" sqref="F3"/>
+      <selection activeCell="I91" sqref="I91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.75" x14ac:dyDescent="0.75"/>
   <cols>
     <col min="1" max="1" width="9.1328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="16" x14ac:dyDescent="0.8">
-      <c r="A1" s="54" t="s">
-        <v>345</v>
+      <c r="A1" s="51" t="s">
+        <v>322</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.75">
       <c r="A2" s="31"/>
     </row>
     <row r="3" spans="1:1" ht="15.75" x14ac:dyDescent="0.75">
       <c r="A3" s="36" t="s">
-        <v>344</v>
+        <v>321</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.75">
       <c r="A20" s="36" t="s">
-        <v>342</v>
+        <v>319</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.75">
       <c r="A45" s="36" t="s">
-        <v>343</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.75">
-      <c r="A81" s="48" t="s">
-        <v>396</v>
+      <c r="A81" s="46" t="s">
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="wekGXTnEXbRz6+XBpskEgW4g8OhXnLEyHy7Dbbl1nqLecX9ea27RXHXbPmazYBlqG8cOU6TYyiiWKfy/aVhIZg==" saltValue="fGTOAw2NRm92mgEsZ3N+KQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3933AD99-D740-4478-9BE7-9D1B48ED385E}">
   <sheetPr>
     <tabColor theme="0" tint="-0.249977111117893"/>
   </sheetPr>
-  <dimension ref="A1:E8"/>
+  <dimension ref="A1:E10"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C13" sqref="C13"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.75" x14ac:dyDescent="0.75"/>
   <cols>
     <col min="1" max="1" width="24.54296875" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="29.7265625" customWidth="1"/>
     <col min="4" max="4" width="37.40625" customWidth="1"/>
-    <col min="5" max="5" width="29.1328125" customWidth="1"/>
+    <col min="5" max="5" width="37.86328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="16" x14ac:dyDescent="0.8">
-      <c r="A1" s="54" t="s">
-        <v>346</v>
+      <c r="A1" s="51" t="s">
+        <v>323</v>
       </c>
     </row>
     <row r="3" spans="1:5" s="21" customFormat="1" ht="29.5" x14ac:dyDescent="0.75">
       <c r="A3" s="28" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="B3" s="28" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="28" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="E3" s="55" t="s">
-        <v>347</v>
+      <c r="E3" s="52" t="s">
+        <v>324</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="13" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A4" s="3" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D4" s="10" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>348</v>
+        <v>325</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="13" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.75">
       <c r="A5" s="3" t="s">
-        <v>373</v>
+        <v>347</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>370</v>
+        <v>344</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="10" t="s">
-        <v>371</v>
+        <v>345</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>372</v>
+        <v>346</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="48.75" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="6" spans="1:5" ht="29.5" x14ac:dyDescent="0.75">
       <c r="A6" s="3" t="s">
-        <v>360</v>
+        <v>334</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="D6" s="10" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>414</v>
+        <v>381</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-        <v>396</v>
+    <row r="7" spans="1:5" ht="73.75" x14ac:dyDescent="0.75">
+      <c r="A7" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="48.75" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A8" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>405</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.75">
+      <c r="A10" s="18" t="s">
+        <v>404</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="G/JW/KIJ96E9a3tWnViY2opbAjAFl5RjR1R/04FA/d36J2D5xp3TdyVJEOAVggr1LUAVsJfD1qzsiSAsVHL7hg==" saltValue="K56GU1ZQw4wI+AaPSdaKdg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="V+fcNig6N/CY35IBHfwPWhRlPfFzMVwtHcD3ZUiayhcqJcZjVDTE6+hi4/Bu6PXyq+616r+hpjCSRnELKEkPeA==" saltValue="JbUueNo3O+eR5MjyTbD8iw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1" xr:uid="{FCFEC6F9-E910-47D1-A91C-EF3A082A713A}"/>
     <hyperlink ref="D5" r:id="rId2" xr:uid="{9588816E-EB4F-4163-AA2D-167B3828F5BA}"/>
     <hyperlink ref="D6" r:id="rId3" xr:uid="{D45DB7AD-62C4-4639-9C17-C9F8D4013FEC}"/>
+    <hyperlink ref="D7" r:id="rId4" xr:uid="{834C7470-ADF4-4DDF-8325-1BE487CF509B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BF5983132E879F4DB2CDE4881C672C52" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="88bf10c33b915c023eeda7548b1a6ee4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1b05d82d297216baf5b26c55225140df">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -9162,68 +9287,68 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49BD85E3-BE36-4E79-BB7F-A57531CFFC41}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C0A5559-D811-46E3-A488-137F74D1D04F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49BD85E3-BE36-4E79-BB7F-A57531CFFC41}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CD2189D-72F6-4D44-85DA-49B90932A75C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>